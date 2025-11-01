--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -745,67 +745,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium - 1 pytanie otwarte, wymagane jest udzielenie poprawnej odpowiedzi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WK, P6U_W, I.P6S_WK, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, I.P6S_WG.o, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i dobrze rozumie struktury i formy organizacyjno-prawne przedsiębiorstw transportowo-spedycyjnych (podmiotów gospodarczych)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>