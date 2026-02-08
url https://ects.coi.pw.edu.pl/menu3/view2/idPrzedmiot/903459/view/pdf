--- v1 (2025-11-01)
+++ v2 (2026-02-08)
@@ -1177,67 +1177,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładu - 1 pytanie otwarte, wymagane jest udzielenie poprawnej odpowiedzi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U14</w:t>
+        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować odpowiednie metody do analizy i oceny czasu pracy załóg kierowców </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>