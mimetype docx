--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -1177,67 +1177,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładu - 1 pytanie otwarte, wymagane jest udzielenie poprawnej odpowiedzi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U16</w:t>
+        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować odpowiednie metody do analizy i oceny czasu pracy załóg kierowców </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1317,67 +1317,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładu - 1 pytanie otwarte, wymagane jest udzielenie poprawnej odpowiedzi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U16</w:t>
+        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi symulować realizację bezpośrednich procesów przewozowych z zastosowaniem narzędzi do zarządzania transportem samochodowym	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>