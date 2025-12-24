--- v0 (2025-10-30)
+++ v1 (2025-12-24)
@@ -960,51 +960,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wymagane jest wykonanie kompletnego projektu kolejowo-drogowego terminala przeładunkowego uwzględniającego dany efekt uczenia. Podczas ustnej obrony projektu wymagana jest odpowiedź na co najmniej jedno z dwóch pytań dotyczących danego efektu uczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>