--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -826,271 +826,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wytyczne projektowania układów torowych, drogowych oraz frontów ładunkowych. Ma szczegółową wiedzę w zakresie rozmieszczenia urządzeń i obiektów niezbędnych do prawidłowego funkcjonowania punktu ładunkowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wymagane jest wykonanie kompletnego projektu kolejowo-drogowego terminala przeładunkowego uwzględniającego dany efekt uczenia. Podczas ustnej obrony projektu wymagana jest odpowiedź na co najmniej jedno z dwóch pytań dotyczących danego efektu uczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wytyczne projektowania układów torowych, drogowych oraz frontów ładunkowych. Ma szczegółową wiedzę w zakresie rozmieszczenia urządzeń i obiektów niezbędnych do prawidłowego funkcjonowania punktu ładunkowego</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować terminal przeładunkowy transportu multimodalnego, zarówno w aspekcie jego modernizacji jak i nowo powstający</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wymagane jest wykonanie kompletnego projektu kolejowo-drogowego terminala przeładunkowego uwzględniającego dany efekt uczenia. Podczas ustnej obrony projektu wymagana jest odpowiedź na co najmniej jedno z dwóch pytań dotyczących danego efektu uczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować terminal przeładunkowy transportu multimodalnego, zarówno w aspekcie jego modernizacji jak i nowo powstający</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje w zakresie nowych rozwiązań dotyczących maszyn i urządzeń ładunkowych oraz rozwiązań technologicznych terminali przeładunkowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wymagane jest wykonanie kompletnego projektu kolejowo-drogowego terminala przeładunkowego uwzględniającego dany efekt uczenia. Podczas ustnej obrony projektu wymagana jest odpowiedź na co najmniej jedno z dwóch pytań dotyczących danego efektu uczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać analizy ekonomicznej funkcjonownia terminala przeładunkowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>