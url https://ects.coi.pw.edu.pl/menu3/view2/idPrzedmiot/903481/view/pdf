--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -742,51 +742,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwium pisemne (pytania otwarte lub testowe w zależności od formy nauczania). Wymaganie jest uzyskanie połowy możliwych do uzyskania punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1242,51 +1242,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia – kolokwium pisemne (zadania obliczeniowe). Wymagane jest uzyskanie przynajmniej połowy punktów przyznawanych za kolokwium pisemne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U16</w:t>
+        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>