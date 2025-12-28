--- v1 (2025-10-31)
+++ v2 (2025-12-28)
@@ -1242,51 +1242,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia – kolokwium pisemne (zadania obliczeniowe). Wymagane jest uzyskanie przynajmniej połowy punktów przyznawanych za kolokwium pisemne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>