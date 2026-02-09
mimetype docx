--- v2 (2025-12-28)
+++ v3 (2026-02-09)
@@ -1172,67 +1172,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia – kolokwium pisemne (zadania obliczeniowe). Wymagane jest uzyskanie przynajmniej połowy punktów przyznawanych za kolokwium pisemne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U19</w:t>
+        <w:t xml:space="preserve">Tr1A_U19, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zwymiarować procesy przepływu ładunków dla ukształtowanego prostego systemu logistycznego i sformułowanego dla niego zadania logistycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>