--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -753,51 +753,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zasady sygnalizacji kolejowej.Zna funkcje, zarys konstrukcji i podstawy działania: - urządzeń mechanicznych ręcznych i pędniowych, - urządzeń blokady stacyjnej, - urządzeń półsamoczynnej blokady liniowej.Zna funkcje i ogólną strukturę stacyjnych urządzeń przekaźnikowych.Zna istotne cechy przekaźników stosowanych w technice srk.Zna podstawowe wyposażenie stanowiska operatora elektrycznych (przekaźnikowych i komputerowych) urządzeń srk.Zna podstawy konstrukcji elektrycznych urządzeń zewnętrznych srk (napędy, sygnalizatory).Zna podstawowe funkcje i rozwiązania przekaźnikowych obwodów: - zależnościowych, - nastawczych zwrotnic i sygnalizatorów.Zna możliwości funkcjonalne oraz podstawy konstrukcji i działania układów: - kontroli zajętości torów i rozjazdów, - kontroli przejazdu pojazdu szynowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -973,51 +973,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U06, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować zawartość informacyjną podstawowych dokumentów projektu urządzeń srk (plan schematyczny i zapis zależności).Potrafi zinterpretować sygnały przekazywane przez sygnalizator przytorowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1097,67 +1097,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U18, Tr1A_U14, Tr1A_U06</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U20, Tr1A_U18, Tr1A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować rozwiązania techniczne i ocenić przydatność funkcji elektrycznych układów (nastawczych, kontrolnych i zależnościowych) urządzeń srk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>