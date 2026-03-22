--- v1 (2026-02-08)
+++ v2 (2026-03-22)
@@ -1027,191 +1027,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U06</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi uzasadnić potrzebą stosowania urządzeń: - mechanicznych ręcznych (kluczowych), - półsamoczynnej blokady liniowej.Potrafi określić zakres informacji niezbędnych do prowadzenia ruchu.Potrafi uzasadnić potrzebę i sposób kontroli niezajętości torów i rozjazdów.Potrafi uzasadnić potrzebę i sposób kontroli przejazdu pojazdu szynowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U18, Tr1A_U14, Tr1A_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi uzasadnić potrzebą stosowania urządzeń: - mechanicznych ręcznych (kluczowych), - półsamoczynnej blokady liniowej.Potrafi określić zakres informacji niezbędnych do prowadzenia ruchu.Potrafi uzasadnić potrzebę i sposób kontroli niezajętości torów i rozjazdów.Potrafi uzasadnić potrzebę i sposób kontroli przejazdu pojazdu szynowego.</w:t>
+        <w:t xml:space="preserve">Potrafi zinterpretować rozwiązania techniczne i ocenić przydatność funkcji elektrycznych układów (nastawczych, kontrolnych i zależnościowych) urządzeń srk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U20, Tr1A_U18, Tr1A_U14</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U18, Tr1A_U06</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U06, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>