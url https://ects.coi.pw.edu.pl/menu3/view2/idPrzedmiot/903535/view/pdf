--- v0 (2025-12-28)
+++ v1 (2026-01-12)
@@ -826,51 +826,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W14, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WK, P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>