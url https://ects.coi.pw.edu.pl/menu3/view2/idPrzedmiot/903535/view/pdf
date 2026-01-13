--- v1 (2026-01-12)
+++ v2 (2026-01-13)
@@ -740,67 +740,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08, Tr1A_W07, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06, Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">6. zna podstawowe metody, techniki i narzędzia stosowane przy rozwiązywaniu prostych zadań inżynierskich związanych z inżynierią ruchu lotniczego, 7. ma podstawową wiedzę dotyczącą zarządzania ruchem lotniczym, w tym zarządzania jakością ruchu i prowadzenia działalności gospodarczej, 8. zna ogólne zasady tworzenia i rozwoju form indywidualnej przedsiębiorczości, wykorzystującej wiedzę z zakresu organizacji komercyjnego ruchu lotniczego i jego obsługi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>