--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -1112,51 +1112,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>