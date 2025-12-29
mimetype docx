--- v0 (2025-10-13)
+++ v1 (2025-12-29)
@@ -902,51 +902,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe typowego stanowiska pomiarowego do badania tarcia statycznego i kinetycznego wybranych par materiałów oraz  urządzenia do badania drgań swobodnych o jednym stopniu swobody</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1027,67 +1027,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja wiedzy dotyczącej momentów bezwładności - udzielnie min. 60 % prawidłowych odpowiedzi na kolokwium pisemnym oraz otrzymanie min. oceny dostatecznej za sprawozdanie podczas: zajęć laboratoryjnych i komputerowych. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna sposoby i metody analizowania ruchu płaskiego na przykładzie toczącej się bryły sztywnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1251,67 +1251,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie aktywnego uczestnictwa  w zajęciach oraz otrzymanie min. oceny dostatecznej za sprawozdanie. Weryfikacja wiedzy podczas: zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U10, Tr1A_U09, Tr1A_U08</w:t>
+        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U09, Tr1A_U08, Tr1A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperyment, opracować wyniki i oszacować błędy pomiarowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1322,67 +1322,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie aktywnego uczestnictwa  w zajęciach oraz otrzymanie min. oceny dostatecznej za sprawozdanie. Weryfikacja wiedzy podczas: zajęć laboratoryjnych i komputerowych.   
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U10, Tr1A_U21</w:t>
+        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U11, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>