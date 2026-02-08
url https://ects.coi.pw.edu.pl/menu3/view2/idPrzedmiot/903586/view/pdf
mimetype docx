--- v1 (2025-12-29)
+++ v2 (2026-02-08)
@@ -902,51 +902,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe typowego stanowiska pomiarowego do badania tarcia statycznego i kinetycznego wybranych par materiałów oraz  urządzenia do badania drgań swobodnych o jednym stopniu swobody</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1043,51 +1043,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna sposoby i metody analizowania ruchu płaskiego na przykładzie toczącej się bryły sztywnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1251,67 +1251,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie aktywnego uczestnictwa  w zajęciach oraz otrzymanie min. oceny dostatecznej za sprawozdanie. Weryfikacja wiedzy podczas: zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U09, Tr1A_U08, Tr1A_U21</w:t>
+        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U10, Tr1A_U09, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperyment, opracować wyniki i oszacować błędy pomiarowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1338,51 +1338,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U21, Tr1A_U11, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>