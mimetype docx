--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -956,67 +956,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja wiedzy dotyczącej tarcia statycznego i kinetycznego wybranych par materiałów oraz drgań mechanicznych oraz wielkości opisujących je - udzielnie min. 60 % prawidłowych odpowiedzi na kolokwium pisemnym oraz otrzymanie min.oceny dostatecznej za sprawozdanie. Weryfikacja wiedzy podczas: zajęć laboratoryjnych.   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna właściwości momentów bezwładności brył i figur płaskich oraz właściwości niewyrównoważenia statycznego i dynamicznego elementów wirujących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1043,51 +1043,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna sposoby i metody analizowania ruchu płaskiego na przykładzie toczącej się bryły sztywnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1338,51 +1338,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U21, Tr1A_U11, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>