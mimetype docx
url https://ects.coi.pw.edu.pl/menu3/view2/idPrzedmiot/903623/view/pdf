--- v0 (2025-12-02)
+++ v1 (2026-01-13)
@@ -994,51 +994,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, referat, sprawozdanie, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U08, K1_U05</w:t>
+        <w:t xml:space="preserve">K1_U05, K1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>