--- v1 (2026-01-13)
+++ v2 (2026-02-10)
@@ -940,51 +940,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01, K1_U05, K1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi oczyścić prosty związek chemiczny zarówno występujący w formie stałej jak i ciekłej. Potrafi wstępnie ocenić jego czystość na podstawie podstawowych danych fizykochemicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>