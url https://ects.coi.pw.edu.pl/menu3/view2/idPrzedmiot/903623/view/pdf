--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -924,67 +924,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, referat, sprawozdanie, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U01, K1_U05, K1_U11</w:t>
+        <w:t xml:space="preserve">K1_U05, K1_U11, K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi oczyścić prosty związek chemiczny zarówno występujący w formie stałej jak i ciekłej. Potrafi wstępnie ocenić jego czystość na podstawie podstawowych danych fizykochemicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>