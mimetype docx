--- v0 (2026-01-12)
+++ v1 (2026-02-11)
@@ -1001,67 +1001,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">referat, sprawozdanie, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U06, K2_U04</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U04, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować przebieg procesów chemicznych w reaktorach pod kątem uzyskania różnego typu efektów pracy reaktora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>