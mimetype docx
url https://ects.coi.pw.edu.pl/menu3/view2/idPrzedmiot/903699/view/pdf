--- v1 (2026-02-11)
+++ v2 (2026-03-22)
@@ -1001,67 +1001,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">referat, sprawozdanie, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U04, K2_U05</w:t>
+        <w:t xml:space="preserve">K2_U04, K2_U05, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P6S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować przebieg procesów chemicznych w reaktorach pod kątem uzyskania różnego typu efektów pracy reaktora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>