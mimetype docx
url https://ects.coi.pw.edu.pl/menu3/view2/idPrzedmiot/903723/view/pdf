--- v0 (2025-12-27)
+++ v1 (2026-02-10)
@@ -856,67 +856,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W04, K2_W02</w:t>
+        <w:t xml:space="preserve">K2_W02, K2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1092,51 +1092,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>