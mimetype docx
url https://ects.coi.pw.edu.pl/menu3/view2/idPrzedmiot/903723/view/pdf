--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -952,191 +952,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi planować i prowadzić badania doświadczalne korzystać z przyrządów pomiarowych oraz interpretować uzyskane wyniki i wyciągać wnioski.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny, kolokwium, wykonanie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi planować i prowadzić badania doświadczalne korzystać z przyrządów pomiarowych oraz interpretować uzyskane wyniki i wyciągać wnioski.</w:t>
+        <w:t xml:space="preserve">Potrafi stosować różne techniki procesów rozdzielania roztworów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin pisemny, kolokwium, wykonanie projektu</w:t>
+        <w:t xml:space="preserve">egzamin pisemny. kolokwium, wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>