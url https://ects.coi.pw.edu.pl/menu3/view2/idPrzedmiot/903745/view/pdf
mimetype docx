--- v0 (2025-12-27)
+++ v1 (2026-02-11)
@@ -801,185 +801,185 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę dotyczącą zasad BAT, zasad funkcjonowania rynku surowców oraz metod obliczania CAPEX i OPEX.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca domowa, dyskusja, seminarium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę dotyczącą zasad BAT, zasad funkcjonowania rynku surowców oraz metod obliczania CAPEX i OPEX.</w:t>
+        <w:t xml:space="preserve">Zdobywa umiejętność planowania rozwoju technologii, tworzenia koncepcji, oceny opłacalności zmian technologicznych i nowych rozwiązań procesowych. Potrafi tworzyć i wykorzystywać modele biznesowe oparte na bilansach masy i/lub energii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W08</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">K2_U13, K2_U06, K2_U08</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U08, K2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>