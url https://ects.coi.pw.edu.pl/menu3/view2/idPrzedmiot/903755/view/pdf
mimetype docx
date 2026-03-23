--- v0 (2025-12-27)
+++ v1 (2026-03-23)
@@ -772,67 +772,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie projektu, referat, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W09, K2_W01, K2_W02</w:t>
+        <w:t xml:space="preserve">K2_W01, K2_W02, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna metody charakterystyki budowy sfunkcjonalizowanych materiałów i struktur oraz właściwości fizyko-chemiczne otrzymanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -922,67 +922,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian ustny, dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U01, K2_U02, K2_U09</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U09, K2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi otrzymać, scharakteryzować i zbadać własności sfunkcjonalizowanych materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>