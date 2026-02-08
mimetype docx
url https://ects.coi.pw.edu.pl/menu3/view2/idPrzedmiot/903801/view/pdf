--- v0 (2026-01-12)
+++ v1 (2026-02-08)
@@ -760,271 +760,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W02, K1_W04, K1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady modelowania konstrukcji prętowych i płyt.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w zajęciach; wykonanie i obrona domowych prac projektowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W04, K1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02 : </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady modelowania konstrukcji prętowych i płyt.						</w:t>
+        <w:t xml:space="preserve">Potrafi zbudować płaski i przestrzenny układ prętowy, zdefiniować obciążenia i ich kombinacje, przeprowadzić obliczenia, zinterpretować otrzymane wyniki.				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w zajęciach; wykonanie i obrona domowych prac projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W02, K1_W04</w:t>
+        <w:t xml:space="preserve">K1_U04, K1_U05, K1_U06, K1_U07, K1_U09, K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zbudować płaski i przestrzenny układ prętowy, zdefiniować obciążenia i ich kombinacje, przeprowadzić obliczenia, zinterpretować otrzymane wyniki.				</w:t>
+        <w:t xml:space="preserve">Potrafi zamodelować płytę żelbetową, zdefiniować obciążenia i ich kombinacje, przeprowadzić obliczenia, zinterpretować otrzymane wyniki.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w zajęciach; wykonanie i obrona domowych prac projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U05, K1_U06, K1_U07, K1_U09, K1_U20</w:t>
+        <w:t xml:space="preserve">K1_U09, K1_U20, K1_U04, K1_U05, K1_U06, K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UU, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01 : </w:t>
       </w:r>
     </w:p>