--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -814,67 +814,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w zajęciach; wykonanie i obrona domowych prac projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W02</w:t>
+        <w:t xml:space="preserve">K1_W02, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -964,67 +964,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w zajęciach; wykonanie i obrona domowych prac projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U09, K1_U20, K1_U04, K1_U05, K1_U06, K1_U07</w:t>
+        <w:t xml:space="preserve">K1_U05, K1_U06, K1_U07, K1_U09, K1_U20, K1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UU, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01 : </w:t>
       </w:r>
     </w:p>