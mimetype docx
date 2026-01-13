--- v0 (2025-11-30)
+++ v1 (2026-01-13)
@@ -1031,67 +1031,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test and laboratory report verification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U12, K1_U23</w:t>
+        <w:t xml:space="preserve">K1_U23, K1_U21, K1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Hes the ability to design the mineral mixtures and asphalt mixtures composition with continuous
 graining.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1102,51 +1102,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test and laboratory report verification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U15</w:t>
+        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1258,51 +1258,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
@@ -1338,51 +1338,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Has the ability to understand the importance of responsibility in test results of asphalt composites properties, including accuracy and reliability when presenting and interpreting the results of their own work.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>