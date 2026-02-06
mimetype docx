--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -1118,51 +1118,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Has the ability to perform tests and evaluation of basic properties of asphalt concrete.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1338,51 +1338,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Has the ability to understand the importance of responsibility in test results of asphalt composites properties, including accuracy and reliability when presenting and interpreting the results of their own work.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>