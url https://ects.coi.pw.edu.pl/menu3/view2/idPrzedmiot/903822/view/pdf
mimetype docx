--- v2 (2026-02-06)
+++ v3 (2026-03-01)
@@ -1102,67 +1102,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test and laboratory report verification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Has the ability to perform tests and evaluation of basic properties of asphalt concrete.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>