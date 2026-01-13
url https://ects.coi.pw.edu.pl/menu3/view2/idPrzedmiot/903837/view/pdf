--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -748,67 +748,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sześć pisemnych sprawdzianów, egzamin pisemny i egzamin ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W01</w:t>
+        <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu mechaniki ogólnej. Zna podstawy mechaniki konstrukcji prętowych, w tym w zakresie stateczności i dynamiki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -899,67 +899,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sześć pisemnych testów, praca domowa (projekt), egzamin pisemny, egzamin ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U01, K1_U05</w:t>
+        <w:t xml:space="preserve">K1_U05, K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie podstawowe pojęcia i potrafi sformułować podstawowe prawa mechaniki. Potrafi
 przeprowadzić analizę statyczną układów prętowych oraz analizę kinematyczną i dynamiczną punktu materialnego i bryły sztywnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>