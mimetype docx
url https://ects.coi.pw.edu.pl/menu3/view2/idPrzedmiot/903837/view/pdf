--- v1 (2026-01-13)
+++ v2 (2026-02-07)
@@ -899,67 +899,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sześć pisemnych testów, praca domowa (projekt), egzamin pisemny, egzamin ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U05, K1_U01</w:t>
+        <w:t xml:space="preserve">K1_U01, K1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie podstawowe pojęcia i potrafi sformułować podstawowe prawa mechaniki. Potrafi
 przeprowadzić analizę statyczną układów prętowych oraz analizę kinematyczną i dynamiczną punktu materialnego i bryły sztywnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>