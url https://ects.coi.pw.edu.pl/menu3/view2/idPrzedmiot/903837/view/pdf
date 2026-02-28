--- v2 (2026-02-07)
+++ v3 (2026-02-28)
@@ -1051,67 +1051,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Homework assignment (project), spoken exam.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K01, K1_K02</w:t>
+        <w:t xml:space="preserve">K1_K02, K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie znaczenie odpowiedzialności w działalności inżynierskiej.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>