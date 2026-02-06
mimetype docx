--- v0 (2026-01-13)
+++ v1 (2026-02-06)
@@ -816,67 +816,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 tests, 2 homework problems along with their defences, the written and oral exams.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U19, K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U09</w:t>
+        <w:t xml:space="preserve">K1_U05, K1_U06, K1_U07, K1_U09, K1_U19, K1_U03, K1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Students are able to make use of the theory of bar systems; they understand the notions of: displacements, stresses, stress resultants; they know how to write down the equilibrium equations in problems with inextensibility constraints with using the virtual work equation, specified for the problems of trusses and frames. Students understand the Maxwell-Mohr formula which interrelates strain measures and displacements, thus making it possible to compute the latter at given nodes. Students are able to prepare the computational model of bar structures within the ROBOT system and is able to assess critically the results produced by the computer method.		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -886,67 +886,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 tests, 2 homework problems along with their defences, the written and oral exams.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U09</w:t>
+        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U09, K1_U03, K1_U04, K1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z zalecanej literatury; potrafi przygotować i obronić pracę domową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -956,67 +956,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona prac domowych i obserwacja pracy studentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U20, K1_U19, K1_U23</w:t>
+        <w:t xml:space="preserve">K1_U23, K1_U20, K1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UK, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UU, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>