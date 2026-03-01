--- v1 (2026-02-06)
+++ v2 (2026-03-01)
@@ -816,67 +816,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 tests, 2 homework problems along with their defences, the written and oral exams.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U05, K1_U06, K1_U07, K1_U09, K1_U19, K1_U03, K1_U04</w:t>
+        <w:t xml:space="preserve">K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U09, K1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Students are able to make use of the theory of bar systems; they understand the notions of: displacements, stresses, stress resultants; they know how to write down the equilibrium equations in problems with inextensibility constraints with using the virtual work equation, specified for the problems of trusses and frames. Students understand the Maxwell-Mohr formula which interrelates strain measures and displacements, thus making it possible to compute the latter at given nodes. Students are able to prepare the computational model of bar structures within the ROBOT system and is able to assess critically the results produced by the computer method.		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -886,67 +886,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 tests, 2 homework problems along with their defences, the written and oral exams.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U09, K1_U03, K1_U04, K1_U05</w:t>
+        <w:t xml:space="preserve">K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z zalecanej literatury; potrafi przygotować i obronić pracę domową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1036,67 +1036,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Assessment of students' activity during classes, especially during the work as a team.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K07, K1_K08</w:t>
+        <w:t xml:space="preserve">K1_K07, K1_K08, K1_K01, K1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">