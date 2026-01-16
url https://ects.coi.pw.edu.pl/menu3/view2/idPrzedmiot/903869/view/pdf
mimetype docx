--- v0 (2025-12-03)
+++ v1 (2026-01-16)
@@ -849,191 +849,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać materiał budowlany odpowiedni do typowego zastosowania oraz ocenić jego przydatność z zakresu: materiałów kamiennych, ceramiki, drewna, szkła, metali i stopów, materiałów bitumicznych, tworzyw sztucznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z podstawowych norm dotyczących materiałów budowlanych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Przygotowanie sprawozdania z badań laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest przygotowany do zespołowego wykonania zadania badawczego związanego z cechami technicznymi materiałów budowlanych lub oceną ich jakość i zaprezentowania jego wyników w sposób komunikatywny i zgodny z zasadami normowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>