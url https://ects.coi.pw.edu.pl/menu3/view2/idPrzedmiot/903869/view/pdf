--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -989,51 +989,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest przygotowany do zespołowego wykonania zadania badawczego związanego z cechami technicznymi materiałów budowlanych lub oceną ich jakość i zaprezentowania jego wyników w sposób komunikatywny i zgodny z zasadami normowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>