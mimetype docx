--- v0 (2026-02-10)
+++ v1 (2026-03-24)
@@ -759,841 +759,841 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o stosowaniu norm europejskich EUROKOD 7 dotyczących geotechniki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o stosowaniu norm europejskich EUROKOD 7 dotyczących geotechniki.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu określania  kategorii  geotechnicznej projektowania i sposobu wyznaczania sił i nacisków przekazywanych z konstrukcji nośnej obiektu budowlanego na fundamenty i podłoże.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W06</w:t>
+        <w:t xml:space="preserve">K1_W04, K1_W06, K1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie zasad projektowania fundamentów bezpośrednich; obliczania  wymiarów, zasad  kształtowania,  metod wyznaczania odporu i sił wewnętrznych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W04, K1_W06, K1_W07, K1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna ogólne  zasady obliczania, rozmieszczania i  wykonywanie stosowanych pali.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W04, K1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z zakresu określania  kategorii  geotechnicznej projektowania i sposobu wyznaczania sił i nacisków przekazywanych z konstrukcji nośnej obiektu budowlanego na fundamenty i podłoże.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu oceny stanów granicznych nośności, stateczności i odkształcalności podłoża oraz stanów granicznych użytkowalności obiektu budowlanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin końcowy, kolokwia, projekty</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W04, K1_W06, K1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma umiejętność określania  kategorii  geotechnicznej projektowania i sposobów wyznaczania sił i nacisków przekazywanych z konstrukcji nośnej obiektu budowlanego na fundamenty i podłoże.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W06, K1_W13</w:t>
+        <w:t xml:space="preserve">K1_U09, K1_U10, K1_U02, K1_U03, K1_U04, K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie zasad projektowania fundamentów bezpośrednich; obliczania  wymiarów, zasad  kształtowania,  metod wyznaczania odporu i sił wewnętrznych. </w:t>
+        <w:t xml:space="preserve">Potrafi przyjąć koncepcję posadowienia w zależności od rodzaju konstrukcji nośnej obiektu budowlanego i warunków gruntowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W06, K1_W07, K1_W13</w:t>
+        <w:t xml:space="preserve">K1_U07, K1_U10, K1_U16, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna ogólne  zasady obliczania, rozmieszczania i  wykonywanie stosowanych pali.</w:t>
+        <w:t xml:space="preserve">Ma umiejętność modelowania teoretycznego: podłoża, fundamentów i konstrukcji nośnej obiektu budowlanego oraz  współpracy jako całości lub samego fundamentu z podłożem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W06</w:t>
+        <w:t xml:space="preserve">K1_U04, K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z zakresu oceny stanów granicznych nośności, stateczności i odkształcalności podłoża oraz stanów granicznych użytkowalności obiektu budowlanego</w:t>
+        <w:t xml:space="preserve">Potrafi określić nośność pali pojedynczych i rozmieścić pale pod fundamentami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin końcowy, kolokwia, projekty</w:t>
+        <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W06, K1_W07</w:t>
+        <w:t xml:space="preserve">K1_U07, K1_U09, K1_U10, K1_U16, K1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawowe kompetencje do projektowania i wykonawstwa posadowień bezpośrednich i pośrednich.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U09, K1_U10, K1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma umiejętność określania  kategorii  geotechnicznej projektowania i sposobów wyznaczania sił i nacisków przekazywanych z konstrukcji nośnej obiektu budowlanego na fundamenty i podłoże.</w:t>
+        <w:t xml:space="preserve">Rozumie znaczenie odpowiedzialności w działalności geotechnicznej, w tym rzetelność przedstawiania wyników badań, oceny nośności i odkształcalności fundamentów i podłoża gruntowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U07, K1_U09, K1_U10, K1_U02, K1_U03</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość ochrony i zachowania ekologiczności podłoża gruntowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>