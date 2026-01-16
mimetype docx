--- v0 (2025-12-04)
+++ v1 (2026-01-16)
@@ -766,67 +766,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu. Zdanie egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05, K1_W04</w:t>
+        <w:t xml:space="preserve">K1_W04, K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą materiałów konstrukcyjnych stosowanych do budowy obiektów halowych i ich właściwego doboru na belki, kratownice, słupy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1212,51 +1212,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z literatury oraz norm dotyczących projektowania w zakresie belek, kratownic, słupów. Potrafi korzystać z norm obciążeń stałych, śniegiem i wiatrem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>