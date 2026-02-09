--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -782,51 +782,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W04, K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą materiałów konstrukcyjnych stosowanych do budowy obiektów halowych i ich właściwego doboru na belki, kratownice, słupy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -986,51 +986,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie, obrona projektu. Zdanie egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U03, K1_U05, K1_U06, K1_U07, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U21, K1_U03, K1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1212,51 +1212,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z literatury oraz norm dotyczących projektowania w zakresie belek, kratownic, słupów. Potrafi korzystać z norm obciążeń stałych, śniegiem i wiatrem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1432,51 +1432,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K01, K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonuje projekt dbając o racjonalne i bezpieczne zaprojektowanie poszczególnych elementów konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>