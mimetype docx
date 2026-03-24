--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -986,497 +986,497 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie, obrona projektu. Zdanie egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U21, K1_U03, K1_U05</w:t>
+        <w:t xml:space="preserve">K1_U05, K1_U06, K1_U07, K1_U03, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i zebrać obciążenia stałe, śniegiem i wiatrem na proste konstrukcje halowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu. Zdanie egzaminu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zdefiniować model obliczeniowy (numeryczny) typowej konstrukcji hali przemysłowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie obliczeń do projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcji hali - schematy, rysunki konstrukcyjne kratownicy i słupa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić i zebrać obciążenia stałe, śniegiem i wiatrem na proste konstrukcje halowe.</w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z literatury oraz norm dotyczących projektowania w zakresie belek, kratownic, słupów. Potrafi korzystać z norm obciążeń stałych, śniegiem i wiatrem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie i obrona projektu. Zdanie egzaminu.</w:t>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U03</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zdefiniować model obliczeniowy (numeryczny) typowej konstrukcji hali przemysłowej.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wykonać zdefiniowane zadanie projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie obliczeń do projektu.</w:t>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcji hali - schematy, rysunki konstrukcyjne kratownicy i słupa.</w:t>
+        <w:t xml:space="preserve">Analizuje materiały wykładowe oraz dodatkowe informacje niezbędne do wykonania projektu i zaliczenia przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu. Zdanie egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U09</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonuje projekt dbając o racjonalne i bezpieczne zaprojektowanie poszczególnych elementów konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>