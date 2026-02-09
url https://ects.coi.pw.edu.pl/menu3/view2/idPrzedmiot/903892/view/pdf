--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -818,67 +818,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
+        <w:t xml:space="preserve">K1_W04, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o stosowaniu norm europejskich EUROKOD 7 dotyczących geotechniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1062,191 +1062,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać  identyfikacji podłoża i jego oceny z uwagi na warunki jakie stwarza ono dla posadowienia obiektów  budowlanych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U10, K1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać oceny obiektu budowlanego, ustalić  wartości właściwości  geotechnicznych gruntu, ustalić stopień skomplikowania warunków geotechnicznych oraz na tej podstawie kategorię geotechniczną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U16, K1_U21, K1_U02, K1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać odpowiednie badania terenowe i laboratoryjne gruntu w celu oceny:
 dopuszczalnych naprężeń w gruncie, filtracji w ośrodku gruntowym, ściśliwości gruntu, konsolidacji podłoża gruntowego, sztywności podłoża gruntowego, osiadania gruntu, wytrzymałości gruntu na ścinanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1257,67 +1257,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U10, K1_U15, K1_U16, K1_U01</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U01, K1_U10, K1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma kompetencje  do wykonywania badań laboratoryjnych, terenowych i opracowywania dokumentacji  geotechnicznych  wraz z oceną parametrów fizycznych i mechanicznych gruntu na podstawie wykonanych badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>