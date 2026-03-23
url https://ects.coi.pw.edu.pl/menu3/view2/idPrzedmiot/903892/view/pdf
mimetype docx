--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -818,67 +818,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W01</w:t>
+        <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o stosowaniu norm europejskich EUROKOD 7 dotyczących geotechniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1132,121 +1132,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U10, K1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać oceny obiektu budowlanego, ustalić  wartości właściwości  geotechnicznych gruntu, ustalić stopień skomplikowania warunków geotechnicznych oraz na tej podstawie kategorię geotechniczną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U10, K1_U16, K1_U21, K1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać odpowiednie badania terenowe i laboratoryjne gruntu w celu oceny:
 dopuszczalnych naprężeń w gruncie, filtracji w ośrodku gruntowym, ściśliwości gruntu, konsolidacji podłoża gruntowego, sztywności podłoża gruntowego, osiadania gruntu, wytrzymałości gruntu na ścinanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1257,67 +1257,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U16, K1_U01, K1_U10, K1_U15</w:t>
+        <w:t xml:space="preserve">K1_U10, K1_U15, K1_U16, K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma kompetencje  do wykonywania badań laboratoryjnych, terenowych i opracowywania dokumentacji  geotechnicznych  wraz z oceną parametrów fizycznych i mechanicznych gruntu na podstawie wykonanych badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>