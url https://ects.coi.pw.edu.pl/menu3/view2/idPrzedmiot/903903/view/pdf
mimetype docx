--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -1180,271 +1180,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09, K1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ma umiejetność samokształcenia się. Potrafi samodzielnie planować własne uczenie się przez całe życie. Ma świadomość konieczności podnoszenia kompetencji zawodowych i osobistych. Samodzielnie uzupełnia i poszerza wiedzę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U13, K1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z podstawowych norm, rozporządzeń oraz wytycznych projektowania, wykonywania i eksploatacji obiektów budowlanych i ich elementów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U13, K1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Ma umiejetność samokształcenia się. Potrafi samodzielnie planować własne uczenie się przez całe życie. Ma świadomość konieczności podnoszenia kompetencji zawodowych i osobistych. Samodzielnie uzupełnia i poszerza wiedzę.</w:t>
+        <w:t xml:space="preserve">Rozumie znaczenie odpowiedzialności w działalności inżynierskiej, w tym gotów do rzetelnego przedstawiania wyników swoich prac i ich interpretacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykonanie projektu</w:t>
+        <w:t xml:space="preserve">wykonanie oraz przedstawienie prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U13, K1_U20</w:t>
+        <w:t xml:space="preserve">K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Postępuje zgodnie z zasadami etyki zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>