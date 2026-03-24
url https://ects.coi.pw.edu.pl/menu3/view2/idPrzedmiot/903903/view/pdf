--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -1180,51 +1180,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09, K1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Ma umiejetność samokształcenia się. Potrafi samodzielnie planować własne uczenie się przez całe życie. Ma świadomość konieczności podnoszenia kompetencji zawodowych i osobistych. Samodzielnie uzupełnia i poszerza wiedzę.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>