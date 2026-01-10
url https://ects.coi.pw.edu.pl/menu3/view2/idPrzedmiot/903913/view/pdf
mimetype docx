--- v0 (2025-12-03)
+++ v1 (2026-01-10)
@@ -984,357 +984,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać badania mieszanki mineralno-asfaltowej typu beton asfaltowy oraz ocenić jej właściwości.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.					</w:t>
+        <w:t xml:space="preserve">Potrafi pracować indywidualnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
+        <w:t xml:space="preserve">Zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać badania mieszanki mineralno-asfaltowej typu beton asfaltowy oraz ocenić jej właściwości.	</w:t>
+        <w:t xml:space="preserve">Jest świadomy uznawania wiedzy w rozwiązywaniu zagadnień inżynierskich dotyczących oceny właściwości asfaltów i mieszanek mineralno-asfaltowych oraz konieczności zasięgania opinii ekspertów w przypadku trudności z samodzielną oceną przyczyn powstania uszkodzeń nawierzchni asfaltowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
+        <w:t xml:space="preserve">Zaliczenie przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
+        <w:t xml:space="preserve">K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest świadomy konieczności rzetelnego wykonywania badań laboratoryjnych i odpowiedzialności za otrzymane wyniki badań właściwości asfaltów drogowych, kruszyw i mieszanek mineralno-asfaltowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>