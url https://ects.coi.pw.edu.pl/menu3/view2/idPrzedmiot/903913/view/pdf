--- v1 (2026-01-10)
+++ v2 (2026-02-09)
@@ -984,67 +984,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U12</w:t>
+        <w:t xml:space="preserve">K1_U23, K1_U12, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>