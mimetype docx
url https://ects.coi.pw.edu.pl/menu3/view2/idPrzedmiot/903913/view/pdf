--- v2 (2026-02-09)
+++ v3 (2026-03-22)
@@ -984,67 +984,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U23, K1_U12, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1140,51 +1140,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować indywidualnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>