--- v0 (2026-01-16)
+++ v1 (2026-03-23)
@@ -829,67 +829,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia, praca domowa wraz z obroną;  egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U09, K1_U19</w:t>
+        <w:t xml:space="preserve">K1_U05, K1_U06, K1_U07, K1_U09, K1_U19, K1_U03, K1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi posługiwać się teorią prętów i układów prętowych, rozumie pojęcia: przemieszczeń, odkształceń, naprężeń, sił wewnętrznych; potrafi układać warunki równowagi w zadaniach z więzami niewydłużalności korzystając z równania prac wirtualnych, wyspecyfikowanego do zastosowań w teorii kratownic i ram płaskich. Ponadto student rozumie wzór Maxwella-Mohra, który wiąże pola odkształceń z przemieszczeniami.  Potrafi przygotować model konstrukcji prętowej w programie ROBOT oraz potrafi krytycznie ocenić wyniki analizy komputerowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -899,67 +899,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrony prac domowych, egzamin ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U09, K1_U03, K1_U04, K1_U05, K1_U06, K1_U07</w:t>
+        <w:t xml:space="preserve">K1_U04, K1_U05, K1_U06, K1_U07, K1_U09, K1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z zalecanej literatury; potrafi przygotować i obronić pracę domową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>