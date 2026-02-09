--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -833,51 +833,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę na temat projektowania architektonicznego wg zasad zrównoważonego rozwoju oraz zagadnień powiązanych z projektowaniem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1053,121 +1053,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność twórczej analizy projektu architektonicznego w zakresie rozwiązań konstrukcyjnych, technologicznych i formalnych w oparciu o zasady zrównoważonego rozwoju. Umiejętność czytania i interpretacji projektu architektonicznego w trakcie realizacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U07, K1_U09, K1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U21: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z podstawowych norm, rozporządzeń oraz wytycznych projektowania,
 wykonywania i eksploatacji obiektów budowlanych i ich elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>