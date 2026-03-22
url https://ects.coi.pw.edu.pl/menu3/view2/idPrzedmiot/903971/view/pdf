--- v1 (2026-02-09)
+++ v2 (2026-03-22)
@@ -762,51 +762,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy fizyki budowli dotyczące przepływu ciepła i wilgoci oraz akustyki w obiektach
 budowlanych. Ma podstawową wiedzę o cyklu życia i trwałości obiektów budowlanych i ich efektywności energetycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1053,51 +1053,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność twórczej analizy projektu architektonicznego w zakresie rozwiązań konstrukcyjnych, technologicznych i formalnych w oparciu o zasady zrównoważonego rozwoju. Umiejętność czytania i interpretacji projektu architektonicznego w trakcie realizacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1107,51 +1107,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U07, K1_U09, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U07, K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>