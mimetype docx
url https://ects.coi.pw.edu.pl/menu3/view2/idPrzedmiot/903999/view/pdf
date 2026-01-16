--- v0 (2025-12-04)
+++ v1 (2026-01-16)
@@ -857,51 +857,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W05, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady przedstawienia wyników projektowania w postaci rysunków konstrukcyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1061,67 +1061,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wieloetapowe konsultacje projektu. Wykonanie projektu i jego obrona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U04, K1_U06, K1_U19</w:t>
+        <w:t xml:space="preserve">K1_U19, K1_U21, K1_U04, K1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcyjne elementów, węzłów oraz wykazy stali dla zaprojektowanych elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>