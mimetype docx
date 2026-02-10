--- v1 (2026-01-16)
+++ v2 (2026-02-10)
@@ -787,341 +787,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę dotyczącą projektowania elementów konstrukcji szkieletowych budynków wysokich.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu, zdanie egzaminu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W04, K1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę dotyczącą projektowania elementów konstrukcji szkieletowych budynków wysokich.</w:t>
+        <w:t xml:space="preserve">Zna zasady przedstawienia wyników projektowania w postaci rysunków konstrukcyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie i obrona projektu, zdanie egzaminu.</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu oraz jego obrona. Zdanie egzaminu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05, K1_W04</w:t>
+        <w:t xml:space="preserve">K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady przedstawienia wyników projektowania w postaci rysunków konstrukcyjnych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować elementy szkieletowego budynku o konstrukcji stalowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie projektu oraz jego obrona. Zdanie egzaminu</w:t>
+        <w:t xml:space="preserve">Wieloetapowe konsultacje projektu. Wykonanie projektu i jego obrona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05</w:t>
+        <w:t xml:space="preserve">K1_U04, K1_U05, K1_U06, K1_U07, K1_U19, K1_U20, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować elementy szkieletowego budynku o konstrukcji stalowej.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować węzły występujące w konstrukcjach szkieletowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wieloetapowe konsultacje projektu. Wykonanie projektu i jego obrona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U05, K1_U06, K1_U07, K1_U19, K1_U20, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U04, K1_U06, K1_U19, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcyjne elementów, węzłów oraz wykazy stali dla zaprojektowanych elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>