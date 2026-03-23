--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą projektowania elementów konstrukcji szkieletowych budynków wysokich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -991,51 +991,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wieloetapowe konsultacje projektu. Wykonanie projektu i jego obrona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U05, K1_U06, K1_U07, K1_U19, K1_U20, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U05, K1_U06, K1_U07, K1_U19, K1_U20, K1_U21, K1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1077,51 +1077,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U04, K1_U06, K1_U19, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcyjne elementów, węzłów oraz wykazy stali dla zaprojektowanych elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1131,67 +1131,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wieloetapowe konsultacje projektu. Wykonanie rysunków do projektu i jego obrona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U09, K1_U19, K1_U20, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U19, K1_U20, K1_U21, K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>