--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -765,67 +765,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu. Zdanie egzaminu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05, K1_W04</w:t>
+        <w:t xml:space="preserve">K1_W04, K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą  materiałów konstrukcyjnych stosowanych do budowy obiektów halowych i ich właściwego doboru na belki, kratownice, słupy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1265,67 +1265,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U20</w:t>
+        <w:t xml:space="preserve">K1_U20, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
@@ -1345,67 +1345,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K07</w:t>
+        <w:t xml:space="preserve">K1_K07, K1_K01, K1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizuje materiały wykładowe oraz dodatkowe informacje niezbędne do wykonania projektu i zaliczenia przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>