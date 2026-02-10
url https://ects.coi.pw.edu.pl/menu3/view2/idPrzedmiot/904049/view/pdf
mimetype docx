--- v1 (2026-01-14)
+++ v2 (2026-02-10)
@@ -985,51 +985,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu. Zdanie egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U03, K1_U05, K1_U06, K1_U07, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U05, K1_U06, K1_U07, K1_U21, K1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1345,67 +1345,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K07, K1_K01, K1_K02</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizuje materiały wykładowe oraz dodatkowe informacje niezbędne do wykonania projektu i zaliczenia przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1431,51 +1431,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K01, K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonuje projekt dbając o racjonalne i bezpieczne zaprojektowanie poszczególnych elementów konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>