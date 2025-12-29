--- v0 (2025-12-03)
+++ v1 (2025-12-29)
@@ -904,51 +904,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U02, K1_U07, K1_U09, K1_U20</w:t>
+        <w:t xml:space="preserve">K1_U07, K1_U09, K1_U20, K1_U21, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>