--- v1 (2025-12-29)
+++ v2 (2026-01-11)
@@ -904,67 +904,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U07, K1_U09, K1_U20, K1_U21, K1_U02</w:t>
+        <w:t xml:space="preserve">K1_U09, K1_U20, K1_U21, K1_U02, K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność czytania i interpretacji projektu architektonicznego w trakcie realizacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>