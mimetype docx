--- v2 (2026-01-11)
+++ v3 (2026-02-10)
@@ -904,67 +904,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U09, K1_U20, K1_U21, K1_U02, K1_U07</w:t>
+        <w:t xml:space="preserve">K1_U07, K1_U09, K1_U20, K1_U21, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność czytania i interpretacji projektu architektonicznego w trakcie realizacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1060,51 +1060,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U20, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>