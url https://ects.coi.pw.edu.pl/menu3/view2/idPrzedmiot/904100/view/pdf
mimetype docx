--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -770,51 +770,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W02, K1_W09, K1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Ma podstawową wiedzę z zakresu historii urbanistyki, architektury i budownictwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1044,67 +1044,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U20, K1_U02</w:t>
+        <w:t xml:space="preserve">K1_U02, K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>