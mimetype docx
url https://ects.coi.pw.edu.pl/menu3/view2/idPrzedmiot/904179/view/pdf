--- v0 (2025-12-24)
+++ v1 (2026-02-10)
@@ -826,67 +826,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie prezentacji z przykładem rozwiązania materiałowo-technologicznego nawierzchni betonowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U16_IK, K2_U06, K2_U07, K2_U09</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U09, K2_U16_IK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować samodzielnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K01, K2_K03</w:t>
+        <w:t xml:space="preserve">K2_K03, K2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotów do oceny i formułowania krytycznych opinii na temat wybranego rozwiązania materiałowo-technologicznego nawierzchni z betonu cementowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>