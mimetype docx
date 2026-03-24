--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K03, K2_K01</w:t>
+        <w:t xml:space="preserve">K2_K01, K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotów do oceny i formułowania krytycznych opinii na temat wybranego rozwiązania materiałowo-technologicznego nawierzchni z betonu cementowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>