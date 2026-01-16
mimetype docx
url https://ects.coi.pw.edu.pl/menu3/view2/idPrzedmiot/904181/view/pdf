--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -827,67 +827,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie prezentacji z przykładem rozwiązania materiałowo-technologicznego nawierzchni betonowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U09, K2_U16_IK</w:t>
+        <w:t xml:space="preserve">K2_U07, K2_U09, K2_U16_IK, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować samodzielnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1047,51 +1047,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji tematycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K06, K2_K04</w:t>
+        <w:t xml:space="preserve">K2_K04, K2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>