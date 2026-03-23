--- v1 (2026-01-16)
+++ v2 (2026-03-23)
@@ -747,51 +747,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena raportu z laboratorium, wygłoszenie odczytu tematycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W08, K2_W09, K2_W10, K2_W18_IPB</w:t>
+        <w:t xml:space="preserve">K2_W10, K2_W18_IPB, K2_W13, K2_W08, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -827,67 +827,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie prezentacji z przykładem rozwiązania materiałowo-technologicznego nawierzchni betonowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U07, K2_U09, K2_U16_IK, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U09, K2_U16_IK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować samodzielnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>