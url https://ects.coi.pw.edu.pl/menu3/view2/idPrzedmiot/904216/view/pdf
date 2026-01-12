--- v0 (2025-12-02)
+++ v1 (2026-01-12)
@@ -925,67 +925,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie wykonywania zadania laboratoryjnego, ocena sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U07</w:t>
+        <w:t xml:space="preserve">K2_U07, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
@@ -1005,67 +1005,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prawidłowości sporządzenia planu eksperymentu i jego wyników poprzez analizę  raportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K06, K2_K04</w:t>
+        <w:t xml:space="preserve">K2_K04, K2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma świadomość wpływu wykorzystanie kompozytów budowlanych na środowisko naturalne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>