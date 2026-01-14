--- v1 (2026-01-12)
+++ v2 (2026-01-14)
@@ -925,67 +925,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie wykonywania zadania laboratoryjnego, ocena sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U07, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>