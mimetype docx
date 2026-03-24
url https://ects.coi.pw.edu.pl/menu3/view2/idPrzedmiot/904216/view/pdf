--- v2 (2026-01-14)
+++ v3 (2026-03-24)
@@ -1021,51 +1021,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K04, K2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma świadomość wpływu wykorzystanie kompozytów budowlanych na środowisko naturalne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>