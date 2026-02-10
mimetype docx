--- v0 (2026-01-16)
+++ v1 (2026-02-10)
@@ -987,51 +987,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma ogolną wiedzę na temat zabezpieczeń konstrukcji stalowych przed korozją i ogniem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1277,51 +1277,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U03, K2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować elementy konstrukcji stalowej takie jak kratownice, rygle, słupy mimośrodowo ściskane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1551,51 +1551,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K03, K2_K06, K2_K02</w:t>
+        <w:t xml:space="preserve">K2_K02, K2_K03, K2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>