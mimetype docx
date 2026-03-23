--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -1057,545 +1057,545 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat zastosowania aluminium w budownictwie, w tym na fasady.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych wymagań dotyczących wytwarzania i wznoszenia konstrukcji stalowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W06, K2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat zastosowania aluminium w budownictwie, w tym na fasady.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać model numeryczny konstrukcji prętowej hali.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U03, K2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować elementy konstrukcji stalowej takie jak kratownice, rygle, słupy mimośrodowo ściskane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać rysunki elementów konstrukcji hali.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi kształtować konstrukcję stalową z uwzględnieniem wymagań dotyczących zabezpieczeń antykorozyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W08</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych wymagań dotyczących wytwarzania i wznoszenia konstrukcji stalowych.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie prowadzić prace związane z projektem hali.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W06, K2_W13</w:t>
-[...369 lines deleted...]
-        <w:t xml:space="preserve">K2_K02, K2_K03, K2_K06</w:t>
+        <w:t xml:space="preserve">K2_K06, K2_K02, K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>