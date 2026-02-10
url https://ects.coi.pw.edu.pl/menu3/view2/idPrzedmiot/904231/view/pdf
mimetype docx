--- v0 (2025-12-03)
+++ v1 (2026-02-10)
@@ -821,67 +821,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja samodzielnie przygotowanego referatu na wybrany temat związany z tematyką przedmiotu; udział w dyskusji o charakterze panelu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W08, K2_W10, K2_W18_IPB</w:t>
+        <w:t xml:space="preserve">K2_W10, K2_W18_IPB, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -917,51 +917,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U06, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę poszerzania wiedzy i kompetencji w zakresie nowowprowadzanych do stosowania modyfikowanych materiałów budowlanych, potrafi samodzielnie zdobywać tę wiedzę.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1121,67 +1121,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja samodzielnie przygotowanego referatu na wybrany temat związany z tematyką przedmiotu; udział w dyskusji o charakterze panelu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K02, K2_K03, K2_K04, K2_K06</w:t>
+        <w:t xml:space="preserve">K2_K06, K2_K02, K2_K03, K2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi formułować wnioski i opinie w sposób rzetelny, obiektywny i klarowny. Potrafi prowadzić merytoryczną dyskusję na temat prezentowanych zagadnień.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>