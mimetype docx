--- v1 (2026-02-10)
+++ v2 (2026-03-22)
@@ -821,67 +821,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja samodzielnie przygotowanego referatu na wybrany temat związany z tematyką przedmiotu; udział w dyskusji o charakterze panelu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W10, K2_W18_IPB, K2_W08</w:t>
+        <w:t xml:space="preserve">K2_W08, K2_W10, K2_W18_IPB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1121,67 +1121,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja samodzielnie przygotowanego referatu na wybrany temat związany z tematyką przedmiotu; udział w dyskusji o charakterze panelu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K06, K2_K02, K2_K03, K2_K04</w:t>
+        <w:t xml:space="preserve">K2_K02, K2_K03, K2_K04, K2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi formułować wnioski i opinie w sposób rzetelny, obiektywny i klarowny. Potrafi prowadzić merytoryczną dyskusję na temat prezentowanych zagadnień.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>