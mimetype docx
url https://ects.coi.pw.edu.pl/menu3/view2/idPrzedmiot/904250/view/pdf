--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -1053,341 +1053,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W14_MBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady opracowywania i aktualizowania norm budowlanych, jako podstawowych narzędzi zapewnienia konstrukcji odpowiedniego poziomu bezpieczeństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W14_MBP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady opracowywania i aktualizowania norm budowlanych, jako podstawowych narzędzi zapewnienia konstrukcji odpowiedniego poziomu bezpieczeństwa.</w:t>
+        <w:t xml:space="preserve">Potrafi opracować statystycznie wyniki badań i obserwacji związanych z problemem bezpieczeństwa konstrukcji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi, wykorzystując metody analityczne lub symulacyjne, przeprowadzić wstępną analizę elementu konstrukcyjnego lub układu konstrukcyjnego pod względem jego bezpieczeństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi, stosując normy budowlane, zapewnić konstrukcji odpowiedni poziom bezpieczeństwa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W14_MBP</w:t>
+        <w:t xml:space="preserve">K2_U15_MBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>