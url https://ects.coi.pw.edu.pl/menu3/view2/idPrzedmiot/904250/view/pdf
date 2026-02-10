--- v1 (2026-01-13)
+++ v2 (2026-02-10)
@@ -773,771 +773,771 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W14_MBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z rachunku prawdopodobieństwa i statystyki matematycznej niezbędną w teorii niezawodności konstrukcji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody analizy konstrukcji z punktu widzenia jej bezpieczeństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W14_MBP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z rachunku prawdopodobieństwa i statystyki matematycznej niezbędną w teorii niezawodności konstrukcji.</w:t>
+        <w:t xml:space="preserve">Zna zasady probabilistycznego modelowania efektów działających na konstrukcję obciążeń i ich kombinacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W14_MBP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady probabilistycznego modelowania nośności elementów konstrukcyjnych i układów konstrukcyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W14_MBP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady opracowywania i aktualizowania norm budowlanych, jako podstawowych narzędzi zapewnienia konstrukcji odpowiedniego poziomu bezpieczeństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W14_MBP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować statystycznie wyniki badań i obserwacji związanych z problemem bezpieczeństwa konstrukcji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W01</w:t>
+        <w:t xml:space="preserve">K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody analizy konstrukcji z punktu widzenia jej bezpieczeństwa.</w:t>
+        <w:t xml:space="preserve">Potrafi, wykorzystując metody analityczne lub symulacyjne, przeprowadzić wstępną analizę elementu konstrukcyjnego lub układu konstrukcyjnego pod względem jego bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W14_MBP</w:t>
+        <w:t xml:space="preserve">K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady probabilistycznego modelowania efektów działających na konstrukcję obciążeń i ich kombinacji.</w:t>
+        <w:t xml:space="preserve">Potrafi, stosując normy budowlane, zapewnić konstrukcji odpowiedni poziom bezpieczeństwa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W14_MBP</w:t>
+        <w:t xml:space="preserve">K2_U15_MBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady probabilistycznego modelowania nośności elementów konstrukcyjnych i układów konstrukcyjnych.</w:t>
+        <w:t xml:space="preserve">Jest świadomy doniosłości kwalifikacji zawodowych i etyki zawodowej inżyniera dla bezpieczeństwa konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian 2</w:t>
+        <w:t xml:space="preserve">Praktyka zawodowa absolwenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W14_MBP</w:t>
+        <w:t xml:space="preserve">K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady opracowywania i aktualizowania norm budowlanych, jako podstawowych narzędzi zapewnienia konstrukcji odpowiedniego poziomu bezpieczeństwa.</w:t>
+        <w:t xml:space="preserve">Jest świadomy możliwości wykorzystania nabytej praktyki i doświadczenia inżynierskiego do aktualizacji norm budowlanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian 2</w:t>
+        <w:t xml:space="preserve">Praktyka zawodowa absolwenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W14_MBP</w:t>
+        <w:t xml:space="preserve">K2_K03, K2_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...369 lines deleted...]
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest przygotowany do samodzielnego uzupełniania wiedzy z zakresu normalizacji w budownictwie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>