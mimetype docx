--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -773,51 +773,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W14_MBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z rachunku prawdopodobieństwa i statystyki matematycznej niezbędną w teorii niezawodności konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -913,71 +913,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W14_MBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady probabilistycznego modelowania efektów działających na konstrukcję obciążeń i ich kombinacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W14_MBP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady probabilistycznego modelowania efektów działających na konstrukcję obciążeń i ich kombinacji.</w:t>
+        <w:t xml:space="preserve">Zna zasady probabilistycznego modelowania nośności elementów konstrukcyjnych i układów konstrukcyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -996,58 +1066,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady probabilistycznego modelowania nośności elementów konstrukcyjnych i układów konstrukcyjnych.</w:t>
+        <w:t xml:space="preserve">Zna zasady opracowywania i aktualizowania norm budowlanych, jako podstawowych narzędzi zapewnienia konstrukcji odpowiedniego poziomu bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1058,486 +1128,416 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W14_MBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady opracowywania i aktualizowania norm budowlanych, jako podstawowych narzędzi zapewnienia konstrukcji odpowiedniego poziomu bezpieczeństwa.</w:t>
+        <w:t xml:space="preserve">Potrafi opracować statystycznie wyniki badań i obserwacji związanych z problemem bezpieczeństwa konstrukcji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi, wykorzystując metody analityczne lub symulacyjne, przeprowadzić wstępną analizę elementu konstrukcyjnego lub układu konstrukcyjnego pod względem jego bezpieczeństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi, stosując normy budowlane, zapewnić konstrukcji odpowiedni poziom bezpieczeństwa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W14_MBP</w:t>
+        <w:t xml:space="preserve">K2_U15_MBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opracować statystycznie wyniki badań i obserwacji związanych z problemem bezpieczeństwa konstrukcji. </w:t>
+        <w:t xml:space="preserve">Jest świadomy doniosłości kwalifikacji zawodowych i etyki zawodowej inżyniera dla bezpieczeństwa konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena na zajęciach</w:t>
+        <w:t xml:space="preserve">Praktyka zawodowa absolwenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05</w:t>
+        <w:t xml:space="preserve">K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi, wykorzystując metody analityczne lub symulacyjne, przeprowadzić wstępną analizę elementu konstrukcyjnego lub układu konstrukcyjnego pod względem jego bezpieczeństwa.</w:t>
+        <w:t xml:space="preserve">Jest świadomy możliwości wykorzystania nabytej praktyki i doświadczenia inżynierskiego do aktualizacji norm budowlanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian 1</w:t>
+        <w:t xml:space="preserve">Praktyka zawodowa absolwenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05</w:t>
+        <w:t xml:space="preserve">K2_K02, K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest przygotowany do samodzielnego uzupełniania wiedzy z zakresu normalizacji w budownictwie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>