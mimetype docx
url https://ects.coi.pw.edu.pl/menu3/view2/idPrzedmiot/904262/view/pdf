--- v0 (2025-12-03)
+++ v1 (2026-02-10)
@@ -813,67 +813,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe w formie testowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U04, K2_U06, K2_U12, K2_U13, K2_U14</w:t>
+        <w:t xml:space="preserve">K2_U13, K2_U14, K2_U04, K2_U06, K2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UW.o, I.P7S_UU, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>