--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe w formie testowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W07, K2_W11, K2_W12, K2_W13, K2_W14_MBP, K2_W10</w:t>
+        <w:t xml:space="preserve">K2_W14_MBP, K2_W10, K2_W07, K2_W11, K2_W12, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -813,67 +813,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe w formie testowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U13, K2_U14, K2_U04, K2_U06, K2_U12</w:t>
+        <w:t xml:space="preserve">K2_U04, K2_U06, K2_U12, K2_U13, K2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UW.o, I.P7S_UU, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>