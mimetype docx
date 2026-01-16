--- v0 (2025-12-03)
+++ v1 (2026-01-16)
@@ -1046,67 +1046,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawna prezentacja treści zawartych w wybranym temacie seminarium dyplomowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U04, K2_U15_KB, K2_U16_KB, K2_U17_KB, K2_U18_KB, K2_U19_KB</w:t>
+        <w:t xml:space="preserve">K2_U17_KB, K2_U18_KB, K2_U19_KB, K2_U04, K2_U15_KB, K2_U16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ze zrozumieniem i przekonaniem prezentuje informacje zawarte w opracowywanej prezentacji multimedialnej, jest w stanie prowadzić na ich temat dyskusję i bronić prezentowanego stanowiska, używając argumentów merytorycznych, opartych na współczesnej wiedzy technicznej i zasadach wypływających z nauk podstawowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>