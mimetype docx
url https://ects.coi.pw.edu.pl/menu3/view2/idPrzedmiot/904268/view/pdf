--- v1 (2026-01-16)
+++ v2 (2026-03-23)
@@ -896,67 +896,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawna prezentacja treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W14_KB, K2_W15_KB, K2_W17_MBP</w:t>
+        <w:t xml:space="preserve">K2_W14_KB, K2_W15_KB, K2_W17_MBP, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę na temat ochrony praw autorskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1046,67 +1046,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawna prezentacja treści zawartych w wybranym temacie seminarium dyplomowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U17_KB, K2_U18_KB, K2_U19_KB, K2_U04, K2_U15_KB, K2_U16_KB</w:t>
+        <w:t xml:space="preserve">K2_U04, K2_U15_KB, K2_U16_KB, K2_U17_KB, K2_U18_KB, K2_U19_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ze zrozumieniem i przekonaniem prezentuje informacje zawarte w opracowywanej prezentacji multimedialnej, jest w stanie prowadzić na ich temat dyskusję i bronić prezentowanego stanowiska, używając argumentów merytorycznych, opartych na współczesnej wiedzy technicznej i zasadach wypływających z nauk podstawowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1202,51 +1202,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U05, K2_U06, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>