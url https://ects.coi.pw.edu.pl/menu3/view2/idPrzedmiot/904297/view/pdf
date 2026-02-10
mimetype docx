--- v0 (2026-01-16)
+++ v1 (2026-02-10)
@@ -766,67 +766,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocenianie ciągłe – obecność i czynny udział w zajęciach
 Sprawozdanie z przeprowadzonych badań i/lub prezentacja na koniec zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W08, K2_W05, K2_W11</w:t>
+        <w:t xml:space="preserve">K2_W05, K2_W11, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma pogłębioną wiedzę o powiązaniach dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów z innymi dziedzinami nauki i dyscyplinami naukowymi obszaru albo obszarów, z których został wyodrębniony studiowany kierunek studiów, pozwalającą na integrowanie perspektyw właściwych dla kilku dyscyplin naukowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -836,67 +836,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">czynny udział w zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W11, K2_W12, K2_W10</w:t>
+        <w:t xml:space="preserve">K2_W10, K2_W11, K2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -916,67 +916,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocenianie ciągłe – obecność i czynny udział w zajęciach Sprawozdanie z przeprowadzonych badań i/lub prezentacja na koniec zajęć		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U04, K2_U06, K2_U07, K2_U08, K2_U11, K2_U12</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U08, K2_U11, K2_U12, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonuje pomiary terenowe wykorzystując wybrane metody NDT</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>