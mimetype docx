--- v0 (2025-12-02)
+++ v1 (2026-01-12)
@@ -817,357 +817,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W16_DS, K2_W15_DS</w:t>
+        <w:t xml:space="preserve">K2_W15_DS, K2_W16_DS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna trendy rozwojowe elektrycznych sieci trakcyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna trendy rozwojowe elektrycznych sieci trakcyjnych.							</w:t>
+        <w:t xml:space="preserve">Zna oddziaływania i ekologiczne zalety transportu elektrycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W10</w:t>
+        <w:t xml:space="preserve">K2_W19_DS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna oddziaływania i ekologiczne zalety transportu elektrycznego.</w:t>
+        <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić w laboratorium pomiary w obwodach przetwarzania energii stosowanych w systemach transportu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium.</w:t>
+        <w:t xml:space="preserve">sprawozdanie z laboratorium oraz test po wykonaniu ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W19_DS</w:t>
+        <w:t xml:space="preserve">K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić w laboratorium pomiary w obwodach przetwarzania energii stosowanych w systemach transportu.</w:t>
+        <w:t xml:space="preserve">Potrafi integrować wiedzę o zagadnieniach konstrukcyjnych, eksploatacyjnych i oddziaływań na otoczenie składnika elektrycznego dróg szynowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawozdanie z laboratorium oraz test po wykonaniu ćwiczenia.</w:t>
+        <w:t xml:space="preserve">sprawozdanie z laboratorium oraz test po wykonaniu ćwiczenia w zakresie powiązań zagadnień elektroenergetycznych z otoczeniem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U07</w:t>
+        <w:t xml:space="preserve">K2_U19_DS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>