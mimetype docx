--- v1 (2026-01-12)
+++ v2 (2026-02-10)
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W15_DS, K2_W16_DS</w:t>
+        <w:t xml:space="preserve">K2_W16_DS, K2_W15_DS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna trendy rozwojowe elektrycznych sieci trakcyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>