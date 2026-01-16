--- v0 (2025-12-03)
+++ v1 (2026-01-16)
@@ -897,67 +897,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U09, K2_U16_IK, K2_U14, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U09, K2_U16_IK, K2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić jakość wykonanych róbót drogowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1133,51 +1133,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K01, K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotów do oceny i formułowania krytycznych opinii na temat wybranego rozwiązania materiałowo-technologicznego z zakresu technologii budowy dróg.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>