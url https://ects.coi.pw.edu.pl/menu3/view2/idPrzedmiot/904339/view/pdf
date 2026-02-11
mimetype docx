--- v1 (2026-01-16)
+++ v2 (2026-02-11)
@@ -1133,51 +1133,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K01, K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotów do oceny i formułowania krytycznych opinii na temat wybranego rozwiązania materiałowo-technologicznego z zakresu technologii budowy dróg.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>