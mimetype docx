--- v2 (2026-02-11)
+++ v3 (2026-03-23)
@@ -967,67 +967,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U09, K2_U16_IK, K2_U14</w:t>
+        <w:t xml:space="preserve">K2_U16_IK, K2_U14, K2_U06, K2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować indywidualnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1053,51 +1053,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>