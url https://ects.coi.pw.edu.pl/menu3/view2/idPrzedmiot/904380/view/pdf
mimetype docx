--- v0 (2025-10-29)
+++ v1 (2025-11-28)
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Consultations of the project (obligatory min. 3 times). Submission and defence of the project prepared during one semester.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U10, K2_U15_KB, K2_U17_KB, K2_U19_KB</w:t>
+        <w:t xml:space="preserve">K2_U10, K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
@@ -980,67 +980,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Passing a test related to the scope of lectures.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K05, K2_K06, K2_K02</w:t>
+        <w:t xml:space="preserve">K2_K02, K2_K05, K2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie znaczenie odpowiedzialności w działalności inżynierskiej, w tym rzetelności przedstawienia i interpretacji wyników prac swoich i innych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>