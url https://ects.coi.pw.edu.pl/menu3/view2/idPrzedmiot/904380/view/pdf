--- v1 (2025-11-28)
+++ v2 (2026-01-14)
@@ -900,51 +900,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Consultations of the project (obligatory min. 3 times). Submission and defence of the project prepared during one semester.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U10, K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U05</w:t>
+        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U05, K2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>