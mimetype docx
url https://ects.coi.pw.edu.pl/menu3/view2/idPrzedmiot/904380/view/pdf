--- v2 (2026-01-14)
+++ v3 (2026-02-11)
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Consultations of the project (obligatory min. 3 times). Submission and defence of the project prepared during one semester.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U05, K2_U10</w:t>
+        <w:t xml:space="preserve">K2_U19_KB, K2_U05, K2_U10, K2_U15_KB, K2_U17_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>