--- v0 (2025-10-29)
+++ v1 (2026-02-09)
@@ -895,67 +895,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w zajęciach; wykonanie i obrona domowych prac projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U17_KB, K2_U19_KB, K2_U03, K2_U04, K2_U05, K2_U15_KB</w:t>
+        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U03, K2_U04, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zamodelować płytę żelbetową, zdefiniować obciążenia i ich kombinacje, przeprowadzić obliczenia, zinterpretować otrzymane wyniki. 														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>