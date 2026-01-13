--- v0 (2025-10-29)
+++ v1 (2026-01-13)
@@ -1618,51 +1618,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U15_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">The graduates can define and classify effects on chosen industrial structures. They can define the load and load combinations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1758,51 +1758,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U19_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">The graduate can design selected industrial objects.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>