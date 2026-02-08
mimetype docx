--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -1116,51 +1116,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W17_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1758,51 +1758,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U19_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">The graduate can design selected industrial objects.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -2188,51 +2188,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">The graduate is ready to act in a creative and entrepreneurial way in order to solve the undertaken construction tasks.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>