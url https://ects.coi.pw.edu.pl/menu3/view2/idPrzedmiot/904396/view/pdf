--- v0 (2025-10-29)
+++ v1 (2026-01-13)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W09, K2_W13, K2_W14_KB, K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady kształtowania, konstruowania i obliczania konstrukcji wsporczych halowego transportu podpartego.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -832,67 +832,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">[PL] Wykonanie projektu belki podsuwnicowej. Zaliczenie wykładów. [EN] Completion of the project of runway beam. Passing the exam.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W09, K2_W13, K2_W14_KB, K2_W16_KB</w:t>
+        <w:t xml:space="preserve">K2_W14_KB, K2_W16_KB, K2_W09, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe normy z zakresu projektowania konstrukcji wsporczych suwnic i kominów.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -985,67 +985,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">[PL] Wykonanie i obrona projektu. [EN] Completion and satisfactory defense of the project.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U20_KB, K2_U05</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U15_KB, K2_U17_KB, K2_U20_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować przemysłowy komin stalowy jednopowłokowy z wykładziną wewnętrzną.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1057,67 +1057,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">[PL] Wykonanie i obrona projektu. [EN] Completion and satisfactory defense of the project.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U20_KB, K2_U05, K2_U10</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U10, K2_U15_KB, K2_U17_KB, K2_U20_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcyjne belki podsuwnicowej i komina stalowego.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>