--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W09, K2_W13, K2_W14_KB, K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady kształtowania, konstruowania i obliczania konstrukcji wsporczych halowego transportu podpartego.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -832,67 +832,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">[PL] Wykonanie projektu belki podsuwnicowej. Zaliczenie wykładów. [EN] Completion of the project of runway beam. Passing the exam.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W14_KB, K2_W16_KB, K2_W09, K2_W13</w:t>
+        <w:t xml:space="preserve">K2_W09, K2_W13, K2_W14_KB, K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe normy z zakresu projektowania konstrukcji wsporczych suwnic i kominów.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -985,51 +985,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">[PL] Wykonanie i obrona projektu. [EN] Completion and satisfactory defense of the project.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U15_KB, K2_U17_KB, K2_U20_KB</w:t>
+        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U20_KB, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1057,67 +1057,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">[PL] Wykonanie i obrona projektu. [EN] Completion and satisfactory defense of the project.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U10, K2_U15_KB, K2_U17_KB, K2_U20_KB</w:t>
+        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U20_KB, K2_U05, K2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcyjne belki podsuwnicowej i komina stalowego.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>