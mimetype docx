--- v2 (2026-02-08)
+++ v3 (2026-02-28)
@@ -760,67 +760,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">[PL] Wykonanie projektu komina stalowego. Zdanie egzaminu.
 [EN] Completion of the project of steel chimney. Passing the exam.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W09, K2_W13, K2_W14_KB, K2_W16_KB</w:t>
+        <w:t xml:space="preserve">K2_W14_KB, K2_W16_KB, K2_W09, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady kształtowania, konstruowania i obliczania konstrukcji wsporczych halowego transportu podpartego.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -832,67 +832,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">[PL] Wykonanie projektu belki podsuwnicowej. Zaliczenie wykładów. [EN] Completion of the project of runway beam. Passing the exam.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W09, K2_W13, K2_W14_KB, K2_W16_KB</w:t>
+        <w:t xml:space="preserve">K2_W14_KB, K2_W16_KB, K2_W09, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe normy z zakresu projektowania konstrukcji wsporczych suwnic i kominów.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -985,51 +985,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">[PL] Wykonanie i obrona projektu. [EN] Completion and satisfactory defense of the project.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U20_KB, K2_U05</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U15_KB, K2_U17_KB, K2_U20_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1057,211 +1057,211 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">[PL] Wykonanie i obrona projektu. [EN] Completion and satisfactory defense of the project.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U20_KB, K2_U05, K2_U10</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U10, K2_U15_KB, K2_U17_KB, K2_U20_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcyjne belki podsuwnicowej i komina stalowego.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">[PL] Wykonanie projektu. [EN] Completion of the project.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z norm dotyczących projektowania belek podsuwnicowych i kominów stalowych.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">[PL] Wykonanie i obrona projektu. [EN] Completion and satisfactory defense of the project.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
-      </w:r>
-[...142 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zebrać obciążenia statyczne i dynamiczne przekazywane przez suwnice natorowe.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>