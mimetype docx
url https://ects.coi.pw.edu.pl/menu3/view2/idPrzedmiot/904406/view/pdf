--- v0 (2025-10-29)
+++ v1 (2026-02-09)
@@ -832,67 +832,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Acitivity during classes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W14_KB, K2_W10, K2_W11, K2_W12</w:t>
+        <w:t xml:space="preserve">K2_W10, K2_W11, K2_W12, K2_W14_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P6S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -913,67 +913,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Continuous evaluation – presence and activity during classes.
 Report on conducted research and / or presentation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U08, K2_U11, K2_U12, K2_U04, K2_U06, K2_U07</w:t>
+        <w:t xml:space="preserve">K2_U11, K2_U12, K2_U04, K2_U06, K2_U07, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UU, I.P7S_UO, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonuje pomiary terenowe wykorzystując wybrane metody NDT.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -999,51 +999,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U04, K2_U07, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przetwarza, interpretuje i opracowuje wyniki otrzymane w terenie z wykorzystaniem metod NDT.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>