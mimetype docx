--- v0 (2026-01-16)
+++ v1 (2026-03-24)
@@ -848,67 +848,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena poprawności opracowania specyfikacji betonu i sporządzenia raportu z badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U12, K2_U13, K2_U09</w:t>
+        <w:t xml:space="preserve">K2_U09, K2_U12, K2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować, przeprowadzić i opisać laboratoryjne zadanie badawcze dotyczące kompozytów mineralnych, potrafi pogłębić wiedzę i porównać otrzymane wyniki z aktualnym stanem wiedzy naukowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1014,51 +1014,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K04, K2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma świadomość wpływu wykorzystanie kompozytów budowlanych na środowisko naturalne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>