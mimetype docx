--- v0 (2026-01-08)
+++ v1 (2026-03-23)
@@ -761,761 +761,761 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W04, K2_W07, K2_W16_KB, K2_W01, K2_W03</w:t>
+        <w:t xml:space="preserve">K2_W01, K2_W03, K2_W04, K2_W07, K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna teorię powłok walcowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">obrona pracy domowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W04, K2_W15_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna rozwiązania zadania statyki powłok walcowych pracujących w stanie obrotowo-symetrycznym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">obrona pracy domowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W04, K2_W07, K2_W03, K2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna teorię powłok walcowych</w:t>
+        <w:t xml:space="preserve">Zna sposób rozwiązywania zadania statyki prętów cienkościennych o przekroju otwartym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">obrona pracy domowej</w:t>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W04, K2_W15_KB, K2_W03, K2_W02</w:t>
+        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07, K2_W15_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna rozwiązania zadania statyki powłok walcowych pracujących w stanie obrotowo-symetrycznym.</w:t>
+        <w:t xml:space="preserve">Wie w jaki sposób można szacować obciążenia wywołujące zwichrzenie prętów cienkościennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">obrona pracy domowej</w:t>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W04, K2_W07</w:t>
+        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposób rozwiązywania zadania statyki prętów cienkościennych o przekroju otwartym.</w:t>
+        <w:t xml:space="preserve">Zna podstawy statyki cięgien</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi szacować siły wywołujące wyboczenie giętno-skrętne prętów cienkościennych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi krytycznie analizować i sprawdzać analitycznie wyniki MES dotyczące pracy sprężystej prętów cienkościennych oraz powłok walcowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć siły wewnętrzne i przemieszczenia w ruszcie o węzłach sztywnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07, K2_W15_KB</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U06, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie w jaki sposób można szacować obciążenia wywołujące zwichrzenie prętów cienkościennych.</w:t>
+        <w:t xml:space="preserve">Umie analizować pracę wybranych konstrukcji cięgnowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W07, K2_W03, K2_W04</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy statyki cięgien</w:t>
+        <w:t xml:space="preserve">Umie zbudować model obliczeniowy konstrukcji inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin ustny</w:t>
+        <w:t xml:space="preserve">praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W13</w:t>
-[...288 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">K2_U03, K2_U04, K2_U08, K2_U02</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>