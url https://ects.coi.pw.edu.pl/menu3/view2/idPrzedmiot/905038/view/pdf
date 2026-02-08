--- v0 (2026-01-11)
+++ v1 (2026-02-08)
@@ -884,67 +884,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium w formie testu (kilkanaście pytań zamkniętych), albo sprawdzian (3-4 pytania otwarte). Wymagane jest udzielenie odpowiedzi na poziomie co najmniej 51% w zakresie tematycznym efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>