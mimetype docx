--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -768,51 +768,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady doboru głównych parametrów silnika do pojazdu samochodowego oraz posiada wiedzę jak opisuje się własności trakcyjne pojazdu, w tym czynniki na nie wpływające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -823,67 +823,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne nr 1 z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia lub ich fragmenty w zakresie tematycznym tego efektu.
 Kolokwium pisemne nr 1 z ćwiczeń audytoryjnych, warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za zadania lub ich fragmenty w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat mechaniki procesu hamowania samochodu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1327,51 +1327,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne nr 1 i 2 z ćwiczeń audytoryjnych, warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za zadania lub ich fragmenty w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U22</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>