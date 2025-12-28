--- v0 (2025-10-05)
+++ v1 (2025-12-28)
@@ -751,51 +751,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Odbycie i zaliczenie ustne lub pisemne każdego ćwiczenia (udzielenie przynajmniej 51% odpowiedzi na kilka pytań do każdego tematu) oraz wykonanie i zaliczenie sprawozdania z każdego ćwiczenia przez zespół wykonujący ćwiczenie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Odbycie i zaliczenie ustne lub pisemne każdego ćwiczenia (udzielenie przynajmniej 51% odpowiedzi na kilka pytań do każdego tematu) oraz wykonanie i zaliczenie sprawozdania z każdego ćwiczenia przez zespół wykonujący ćwiczenie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozwiązywać podstawowe zagadnienia dotyczące silników trakcyjnych. Umie interpretować wyniki pomiarów i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>