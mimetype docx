--- v1 (2025-12-28)
+++ v2 (2026-02-09)
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Odbycie i zaliczenie ustne lub pisemne każdego ćwiczenia (udzielenie przynajmniej 51% odpowiedzi na kilka pytań do każdego tematu) oraz wykonanie i zaliczenie sprawozdania z każdego ćwiczenia przez zespół wykonujący ćwiczenie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U09</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozwiązywać podstawowe zagadnienia dotyczące silników trakcyjnych. Umie interpretować wyniki pomiarów i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>