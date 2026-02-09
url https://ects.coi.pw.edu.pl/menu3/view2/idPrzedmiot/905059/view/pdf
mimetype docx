--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -830,51 +830,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna możliwości utylizacji materiałów eksploatacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>