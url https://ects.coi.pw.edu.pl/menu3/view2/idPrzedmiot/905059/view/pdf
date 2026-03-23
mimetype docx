--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -744,137 +744,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium w formie testu (kilkanaście pytań zamkniętych), albo sprawdzian (3-4 pytania otwarte). Wymagane jest udzielenie odpowiedzi na poziomie co najmniej 51% w zakresie tematycznym efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o procesach zachodzących w paliwach, olejach i smarach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium w formie testu (kilkanaście pytań zamkniętych), albo sprawdzian (3-4 pytania otwarte). Wymagane jest udzielenie odpowiedzi na poziomie co najmniej 51% w zakresie tematycznym efektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna możliwości utylizacji materiałów eksploatacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>