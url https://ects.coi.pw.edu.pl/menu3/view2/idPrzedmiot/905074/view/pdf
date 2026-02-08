--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -922,51 +922,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U18, Tr1A_U14, Tr1A_U05, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi kształtować oraz nadzorować proces realizacji podstawowych czynności obsługowych pojazdów samochodowych, z uwzględnieniem czynników organizacyjno-technicznych oraz ekonomicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i zrelacjonowanie projektu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U14, Tr1A_U05, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U05, Tr1A_U03, Tr1A_U18, Tr1A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi tworzyć oraz wykorzystywać instrukcje i procedury użytkowania oraz dokumentację eksploatacyjną pojazdów w zakresie podstawowych czynności obsługowych, z uwzględnieniem czynników organizacyjno-technicznych i ekonomicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>